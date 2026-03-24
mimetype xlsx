--- v0 (2025-12-05)
+++ v1 (2026-03-24)
@@ -501,51 +501,51 @@
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця І.Франка, 5</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA05040190020042390</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Гайсинський р-н, с-ще Ситківці</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>"Відділ освіти, культури, спорту та туризму Райгородської сільської ради Вінницької області"</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(050)6604604</t>
+          <t>(063)8150455</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>sitkowtci@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Соломенцева Олена Сергіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">