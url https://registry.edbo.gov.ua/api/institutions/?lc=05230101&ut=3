--- v0 (2025-10-18)
+++ v1 (2026-02-04)
@@ -480,83 +480,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>0523010100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Немирів, Немирівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>провулок Некрасова, 2</t>
+          <t>вулиця Палацова, 2</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA05020170010087489</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, м. Немирів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Немирівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04331)22837</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>nvk1n@ukr.net</t>
+          <t>licejnemirovnom1@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>https://nvk1n.bitrix24site.ua</t>
+          <t>lit1.in.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Величко Ніна Петрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>