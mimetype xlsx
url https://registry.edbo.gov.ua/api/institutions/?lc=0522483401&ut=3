--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0522483401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кожухів, Літинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шляхова, 26</t>
+          <t>вулиця Шляхова, 26 А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05120170130055850</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, с. Кожухів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Хмільницької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)3543260</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">