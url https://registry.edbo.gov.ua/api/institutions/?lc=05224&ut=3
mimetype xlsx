--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1008,51 +1008,51 @@
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "ДАШКОВЕЦЬКИЙ ЛІЦЕЙ ЯКУШИНЕЦЬКОЇ СІЛЬСЬКОЇ РАДИ ВІННИЦЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>143898</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>КЗ "ДАШКОВЕЦЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>0522482201</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Дашківці, Літинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 57</t>
@@ -1594,51 +1594,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>0522483401</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Кожухів, Літинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шляхова, 26</t>
+          <t>вулиця Шляхова, 26 А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA05120170130055850</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, с. Кожухів</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Хмільницької міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(097)3543260</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
@@ -2021,51 +2021,51 @@
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "МИКУЛИНЕЦЬКИЙ ЛІЦЕЙ ЯКУШИНЕЦЬКОЇ СІЛЬСЬКОЇ РАДИ ВІННИЦЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>142153</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>КЗ "МИКУЛИНЕЦЬКИЙЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>0522485401</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>с. Микулинці, Літинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 19</t>