--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020290190025492</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Стара Прилука</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)1228741</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>staroprulzosh@i.ua</t>
+          <t>staroprulspeczosh@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://staropriluckashkola.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Косач Юрій Михайлович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -513,51 +513,51 @@
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Стара Прилука</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарної політики Турбівської селищної ради Вінницького району Вінницької області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04358)4-31-40</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>str_sk@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Майструк Галина Микитівна</t>
+          <t>Директор Куліш Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>