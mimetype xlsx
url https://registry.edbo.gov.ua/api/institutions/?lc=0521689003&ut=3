--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Чернятин, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 16-а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05120070440050781</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, с. Чернятин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04333)35642</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>chernyatun@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://chernyatun.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ярова Галина Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>