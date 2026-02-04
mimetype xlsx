--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Черепашинці, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 5</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05120070430027766</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, с. Черепашинці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04333)34317</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>cherepashenti@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://chp.kledu.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Тітечко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>