--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Калинівка, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>площа Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05120070010068103</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, м. Калинівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04333)22758</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kschool_4@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>sch4.kledu.vn.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Костюк Олена Порфирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Калинівка, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 22</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA05120070010068103</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, м. Калинівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04333)21662</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>kalinovka_school1@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>sch1.kledu.vn.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Павлуник Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
@@ -609,51 +609,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Калинівка, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Лук’яненка Левка, 31</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA05120070010068103</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, м. Калинівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04333)2-10-38, (04333)2-17-96</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>kls2_gymnasium@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>sch2.kledu.vn.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Гетьман Світлана Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
@@ -722,51 +722,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Калинівка, Калинівський район, Вінницька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського М., 72</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA05120070010068103</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Хмільницький р-н, м. Калинівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Калинівської міської ради</t>
+          <t>Управління освіти. молоді та спорту Калинівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04333)21399</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>kalsk_3@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>sch3.kledu.vn.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Кугай Валентина Степанівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>