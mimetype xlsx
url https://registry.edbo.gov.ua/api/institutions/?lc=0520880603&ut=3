--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -367,51 +367,51 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0520880603</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Бубнівка, Гайсинський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Першотравнева, 1</t>
+          <t>вулиця Захисників України, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05040030070083044</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Гайсинський р-н, с. Бубнівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Гайсинської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04334)66372, (04334)66392</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">