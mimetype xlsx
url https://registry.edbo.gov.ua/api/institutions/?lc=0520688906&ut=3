--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "ЗАРВАНЕЦЬКА ГІМНАЗІЯ ЯКУШИНЕЦЬКОЇ СІЛЬСЬКОЇ РАДИ ВІННИЦЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>146701</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>КЗ "ЗАРВАНЕЦЬКА ГІМНАЗІЯ"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0520688906</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Зарванці, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Клубна, 1</t>