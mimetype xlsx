--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -342,103 +342,103 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад "Якушинецький ліцей" Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138429</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Якушинецький ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0520688901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Якушинці, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б. Хмельницького, 60</t>
+          <t>вулиця Барвінкова, 32</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020310010019628</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Якушинці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури та спорту Якушинецької сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0432)567515</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>26235309@mail.gov.ua</t>
+          <t>jaku.gim@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://yakushynci.school.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Грустілін Олександр Олегович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>