--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -332,102 +332,102 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>КОМУНАЛЬНИЙ ЗАКЛАД "СТЕПАНІВСЬКИЙ ЛІЦЕЙ З ДОШКІЛЬНИМ ПІДРОЗДІЛОМ" ВОРОНОВИЦЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137445</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>КЗ "СТЕПАНІВСЬКИЙ ЛІЦЕЙ З ДОШКІЛЬНИМ ПІДРОЗДІЛОМ"</t>
+          <t>КЗ "СТЕПАНІВСЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0520687603</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Степанівка, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Соборна, 23</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050170068986</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Степанівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0432)583718</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>stepanivka2021@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://stp.vn.vnedu.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мураховський Віктор Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>