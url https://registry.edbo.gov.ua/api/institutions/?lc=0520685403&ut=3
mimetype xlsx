--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Побережне, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 20</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050150071463</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Побережне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)0580952</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pbr.gymnasium@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://pbr.vnedu.vn.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гуменчук Світлана Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>