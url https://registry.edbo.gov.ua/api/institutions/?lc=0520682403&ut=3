--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Комарів, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Михайлівська, 14</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050080038701</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Комарів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)6896755</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>komariv.gimnazia2024@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kmr.vnedu.vn.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Довгань Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>