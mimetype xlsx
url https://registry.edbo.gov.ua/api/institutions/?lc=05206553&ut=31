--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Вороновиця, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Якова Гальчевського, 29</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050010084898</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с-ще Вороновиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0432)587653</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dnzromaschka@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Грабенко Оксана Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">