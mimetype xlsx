--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Вороновиця, Вінницький район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Якова Гальчевського, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05020050010084898</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с-ще Вороновиця</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0432)587377</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>voronovlic2024@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://voronovytsa.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Вітенко Захар Романович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>