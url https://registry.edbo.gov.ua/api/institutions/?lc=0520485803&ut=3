--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0520485803</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Війтівка, Бершадський район, Вінницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 101</t>
+          <t>вулиця Соборна, 101</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05040010050029685</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Гайсинський р-н, с. Війтівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та спорту Бершадської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)1944201</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">