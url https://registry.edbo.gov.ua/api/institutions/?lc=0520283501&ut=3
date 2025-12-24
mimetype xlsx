--- v0 (2025-10-23)
+++ v1 (2025-12-24)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA05060010360048510</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., Жмеринський р-н, с. Мигалівці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Барської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04341)36-4-61</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>vita17041979@ukr.net</t>
+          <t>migalivci@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Кирилюк Віта Степанівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>