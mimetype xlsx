--- v0 (2025-12-08)
+++ v1 (2026-03-30)
@@ -1772,51 +1772,51 @@
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Каришківський заклад загальної середньої освіти I-III ступенів імені Героя України Ігоря Демчука Копайгородської селищної ради</t>
+          <t>Каришківський заклад загальної середньої освіти I-III ступенів імені Героя України Ігоря Демчука</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>136098</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>Каришківський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -2216,51 +2216,51 @@
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Кошаринецький заклад загальної середньої освіти I-II ступенів Копайгородської селищної ради</t>
+          <t>Кошаринецька філія КЗ "Копайгородський ліцей"</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>135885</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Кошаринецький ЗЗСО І-ІІ ст</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>