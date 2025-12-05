--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -2418,51 +2418,51 @@
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Келецька, 62</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0432)460621, (0432)560581</t>
+          <t>(0432)560621, (0432)560581</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>zso15@osvita.vmr.gov.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>https://sch15.edu.vn.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Василевська Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
@@ -2989,51 +2989,51 @@
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(0432)688793</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>sch20@galaxy.vn.ua, headmaster@sch20.vin.ua</t>
+          <t>headmaster@sch20.vin.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>https://sch20.vn.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t>Директор Слушний Олег Миколайович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3903,51 +3903,51 @@
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
           <t>(0432)27-84-94</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
           <t>sch30@galaxy.vn.ua</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
           <t>http://sch30.edu.vn.ua</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Штодько Наталія Петрівна</t>
+          <t>Директор Колісник Ольга Василівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
@@ -4910,51 +4910,51 @@
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
           <t>(0432)672991, (0432)672956</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>vl7@galaxy.vn.ua</t>
+          <t>vl7@osvita.vmr.gov.ua</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
           <t>http://sch7.edu.vn.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
           <t>Директор Романова Ганна Олексіївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5818,51 +5818,51 @@
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
           <t>(0432)433826</t>
         </is>
       </c>
       <c r="Q50" s="4" t="inlineStr">
         <is>
           <t>(0432)433826</t>
         </is>
       </c>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>aist@galaxy.vn.ua</t>
+          <t>stork@osvita.vmr.gov.ua</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
           <t>http://aist.vn.ua</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
           <t>Директор Степаненко Любов Костянтинівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>