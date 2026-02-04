--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -1859,51 +1859,51 @@
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(0432)465303</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>sch10@galaxy.vn.ua, zso10@osvita.vmr.gov.ua</t>
+          <t>vin.school-10@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>http://sch10.edu.vn.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Директор Куца Світлана Валентинівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3112,51 +3112,51 @@
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(0432)43-84-00</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>sch21@galaxy.vn.ua</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://sch21.edu.vn.ua/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Космина Андрій Сергійович</t>
+          <t>Т.в.о. директора Вовк Анжеліка Роландівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
@@ -3441,51 +3441,51 @@
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
           <t>(0432)592182, (0432)521006</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>zso26@osvita.vmr.gov.ua</t>
+          <t>vl26@osvita.vmr.gov.ua</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
           <t>https://s26.edu.vn.ua</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
           <t>Директор Осипчук Сніжана Дмитрівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5626,253 +5626,253 @@
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>приватний заклад "Навчально-виховний комплекс "Ор Менахем Вінниця"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ЛІЦЕЙ "СТОРК СКУЛ""</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>140317</v>
+        <v>141123</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>відсутня</t>
+          <t>ПЗ "ЛІЦЕЙ "СТОРК СКУЛ" "</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>0510100000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Вінниця, Вінницька область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Синьоводська, 202</t>
+          <t>проспект Юності, 9</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0432)687545</t>
-[...2 lines deleted...]
-      <c r="Q49" s="4"/>
+          <t>(0432)433826</t>
+        </is>
+      </c>
+      <c r="Q49" s="4" t="inlineStr">
+        <is>
+          <t>(0432)433826</t>
+        </is>
+      </c>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>ormenahem@galaxy.vn.ua</t>
+          <t>stork@osvita.vmr.gov.ua</t>
         </is>
       </c>
       <c r="S49" s="4" t="inlineStr">
         <is>
-          <t>http://ormenahem.edu.vn.ua</t>
+          <t>http://aist.vn.ua</t>
         </is>
       </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Ніколаєць Валерій Олексійович</t>
+          <t>Директор Степаненко Любов Костянтинівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>приватний заклад "Навчально-виховний комплекс "Школа АІСТ": Центр розвитку дитини - загальноосвітня школа І-ІІІ ступенів"</t>
+          <t>приватний заклад "Навчально-виховний комплекс "Ор Менахем Вінниця"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>141123</v>
+        <v>140317</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>НВК "Школа АІСТ"</t>
+          <t>відсутня</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>0510100000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Вінниця, Вінницька область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>проспект Юності, 9</t>
+          <t>вулиця Синьоводська, 202</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Вінницька обл., м. Вінниця</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти Вінницької міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0432)433826</t>
-[...6 lines deleted...]
-      </c>
+          <t>(0432)687545</t>
+        </is>
+      </c>
+      <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>stork@osvita.vmr.gov.ua</t>
+          <t>ormenahem@galaxy.vn.ua</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>http://aist.vn.ua</t>
+          <t>http://ormenahem.edu.vn.ua</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Степаненко Любов Костянтинівна</t>
+          <t>Директор Ніколаєць Валерій Олексійович</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">