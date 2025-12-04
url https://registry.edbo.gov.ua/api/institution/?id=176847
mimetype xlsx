--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -241,187 +241,187 @@
         <is>
           <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>8000000000</t>
+          <t>8036100000</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>провулок Керамічний, 7-а</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Голосіївської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(097)947-25-93</t>
+          <t>(096)1770144</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>lvalentina@ukr.net</t>
+          <t>capschool.kiev@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>capital-school.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Дубінець Вікторія Владиславівна</t>
+          <t>Директор Джаваншир Валентина Іванівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>