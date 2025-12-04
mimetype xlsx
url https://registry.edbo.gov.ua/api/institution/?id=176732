--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -333,83 +333,83 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(063)9688469</t>
+          <t>(068)8885880</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>zhyva.shkola@gmail.com</t>
+          <t>director@zhyva-shkola.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>www.zhyvaia-shkola.com</t>
+          <t>www.zhyva-shkola.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Козачок Оксана Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>