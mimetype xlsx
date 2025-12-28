--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -237,99 +237,99 @@
         <is>
           <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>8000000000</t>
+          <t>8036100000</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Забіли Віктора, 7А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
@@ -347,51 +347,55 @@
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(050)4441890</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>olenak@psi.kyiv.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://ua.psi.kiev.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Коваленко Олена Миколаївна</t>
         </is>
       </c>
     </row>