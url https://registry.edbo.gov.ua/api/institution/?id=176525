--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -191,51 +191,55 @@
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>176525</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
-      <c r="B4" s="3"/>
+      <c r="B4" s="3" t="inlineStr">
+        <is>
+          <t>ТОВ "ПЗОЛ "ШКОЛА БАЗИС" М. КИЇВ"</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
     </row>
@@ -273,51 +277,51 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Кожум'яцька, 12 Б</t>
+          <t>вулиця Кожум'яцька, 12Б</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
@@ -349,63 +353,63 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(066)4063086</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>administration@basis.kiev.ua</t>
+          <t>administration@basis.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://www.basis.kiev.ua/</t>
+          <t>https://basis.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Липко Ольга Валеріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>