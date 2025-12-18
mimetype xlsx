--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -317,51 +317,51 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>