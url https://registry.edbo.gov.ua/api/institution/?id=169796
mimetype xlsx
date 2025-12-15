--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -179,85 +179,89 @@
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
           <t>Селещинський заклад дошкільної освіти №3 "Колобок" Машівської селищної ради Полтавської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>169796</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
-      <c r="B3" s="3"/>
+      <c r="B3" s="3" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Селещинський ЗДО №3 "Колобок"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>5323086601</t>
         </is>
@@ -369,51 +373,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>sadok.kolobok@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Шажко Лєна Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>