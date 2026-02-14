--- v0 (2025-10-18)
+++ v1 (2026-02-14)
@@ -157,51 +157,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Магдалівський дошкільний навчальний заклад Відділу освіти Скалатської міської ради</t>
+          <t>Магдалівський дошкільний навчальний заклад Скалатської міської ради Тернопільського району Тернопільської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>169078</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
@@ -241,187 +241,187 @@
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>6124610500</t>
+          <t>6124684601</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Тернопільська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Скалат, Підволочиський район, Тернопільська область</t>
+          <t>с. Магдалівка, Підволочиський район, Тернопільська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Патріарха Мстислава, 1/3</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA61040430010057663</t>
+          <t>UA61040430060097688</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Тернопільська обл., Тернопільський р-н, м. Скалат</t>
+          <t>Тернопільська обл., Тернопільський р-н, с. Магдалівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти Скалатської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(097)2060392</t>
+          <t>(098)9524906</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>magdalivskiy.dnz@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/magdalivskiydnz04/home</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Будзило Оксана Михайлівна</t>
+          <t>Директор Протасевич Галина Павлівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>