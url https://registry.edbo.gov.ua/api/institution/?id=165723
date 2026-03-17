--- v0 (2025-11-02)
+++ v1 (2026-03-17)
@@ -321,107 +321,107 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Луганська обл., м. Рубіжне</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Управління освіти Рубіжанської міської ради Луганської області</t>
+          <t>Управління освіти Рубіжанської міської військової адміністрації Сіверськодонецького району Луганської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(064)5362506</t>
+          <t>(066)4345497</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>rkdnz1@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://dnz1rubizhne.klasna.com/uk/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Дзюбан Олена Дмитрівна</t>
+          <t>В.о. директора Артюх Наталія Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>