--- v0 (2025-10-23)
+++ v1 (2025-12-18)
@@ -157,259 +157,259 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад № 44 "Веселка"комбінованого типу Мелітопольської міської ради Запорізької області</t>
+          <t>Заклад дошкільної освіти № 12 "Веселка" (ясла-садок) комбінованого типу Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>164990</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>ДНЗ № 44</t>
+          <t>ЗДО № 12 "Веселка" ММР ЗО</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>2310700000</t>
+          <t>2310137200</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Мелітополь, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Брів-ла-Гайард, 17</t>
+          <t>проспект Соборний/ вул. Новицького Якова, 143/7</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA23080070010092407</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл., м. Мелітополь</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Мелітопольської міської ради Запорізької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0619)454656</t>
+          <t>(067)1166769</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>melyozdo44@gmail.com</t>
+          <t>44meluo@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://veselka-44.org.ua/</t>
+          <t>https://surl.li/hanuvb</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Обуховська Наталя Григорівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>