--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -241,111 +241,111 @@
         <is>
           <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>2320988808</t>
+          <t>2310137200</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>с. Долинка, Василівський район, Запорізька область</t>
+          <t>Запоріжжя, Запорізька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 35</t>
+          <t>вулиця Володимира Грищенка, 9</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA23040030050030235</t>
+          <t>UA23060070010154443</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Запорізька обл., Василівський р-н, с. Долинка</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Василівська міська рада Запорізької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">