--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -205,147 +205,147 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>КЗ "ПОЧАТКОВА ШКОЛА" КМР"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>3510166900</t>
+          <t>3510136300</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>смт Нове, Кропивницький, Кіровоградська область</t>
+          <t>Кропивницький, Кіровоградська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Металургів, 22-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA35040210020036866</t>
+          <t>UA35040210010286392</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Кіровоградська обл., Кропивницький р-н, с-ще Нове</t>
+          <t>Кіровоградська обл., м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Кропивницької міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">