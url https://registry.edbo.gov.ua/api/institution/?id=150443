--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -277,51 +277,51 @@
         <is>
           <t>Закарпатська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Бене, Берегівський район, Закарпатська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Ракоці, 83/а</t>
+          <t>вулиця Ракоці, 83/Б</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA21020030040099324</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Закарпатська обл., Берегівський р-н, с. Бене</t>
         </is>