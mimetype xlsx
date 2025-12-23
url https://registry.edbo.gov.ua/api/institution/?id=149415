--- v0 (2025-11-01)
+++ v1 (2025-12-23)
@@ -321,51 +321,51 @@
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Житомирська обл., Житомирський р-н, м. Коростишів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(04130)51773</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
@@ -377,51 +377,51 @@
         <is>
           <t>korschool1@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>https://korschool1.webnode.com.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Позняков Павло Миколайович</t>
+          <t>Директор Мусієнко Сергій Олександрович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>