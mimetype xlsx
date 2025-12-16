--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -217,51 +217,51 @@
         <is>
           <t>Холодівська гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0524386801</t>
         </is>
@@ -333,91 +333,95 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Тульчинської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(04335)44-1-49</t>
+          <t>(067)1338225</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>Holodivka@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3"/>
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>http://hld.tuedu.vn.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Ревус Оксана Іванівна</t>
+          <t>Т.в.о. директора Брижата Анастасія Володимирівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>