--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -333,95 +333,95 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Устинівської селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(097)9478823</t>
+          <t>(066)1685536</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>(05239)36187</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>ingulskas@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Кондрашова Ольга Михайлівна</t>
+          <t>Директор Дорошенко Олександр Валерійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>