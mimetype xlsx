--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -205,51 +205,51 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Федорівська гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>