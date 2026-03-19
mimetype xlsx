--- v1 (2025-12-17)
+++ v2 (2026-03-19)
@@ -435,51 +435,55 @@
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
-      <c r="B25" s="3"/>
+      <c r="B25" s="3" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:B25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>