--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -353,51 +353,51 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(03549)43740</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>dunser11@gmail.com</t>
+          <t>lopushnenskyzzso@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Сапіжук Тетяна Василівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">