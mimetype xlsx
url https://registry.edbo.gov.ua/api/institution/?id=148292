--- v0 (2025-11-01)
+++ v1 (2025-12-30)
@@ -241,183 +241,187 @@
         <is>
           <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>3524083601</t>
+          <t>3523886504</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Кіровоградська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>с. Мар'янопіль, Новоукраїнський район, Кіровоградська область</t>
+          <t>с. Мар'янопіль, Новомиргородський район, Кіровоградська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>вулиця Центральна, 52</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA35060150090045682</t>
+          <t>UA35060130260026299</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Мар’янопіль</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Новоукраїнської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(052)5135335</t>
+          <t>(096)0179823</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>marjanopil@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3"/>
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/marianopilmarfil</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Завідувач філією Семенова Світлана Василівна</t>
+          <t>Завідувач філією Лисенко Анна Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>