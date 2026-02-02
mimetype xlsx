--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -157,111 +157,111 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №222 Святошинського району м. Києва</t>
+          <t>Ліцей №222 Святошинського району міста Києва</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код в ЄДЕБО</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>147755</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Середня загальгоосвітня школа № 222 м. Києва</t>
+          <t>Ліцей № 222 м. Києва</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
@@ -377,51 +377,51 @@
         <is>
           <t>school222@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://school222.kiev.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Шевкопляс В. М.</t>
+          <t>Директор Шевкопляс Віктор Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>