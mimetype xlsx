--- v0 (2025-10-26)
+++ v1 (2026-02-13)
@@ -277,51 +277,51 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Вишгородська, 35</t>
+          <t>вулиця Вишгородська, 35-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
@@ -333,83 +333,83 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044)430-01-18, (044)430-00-32, (044)430-01-14</t>
+          <t>(073)310-28-67, (044)298-25-70</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>sh-i-5@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://school-internat5.kiev.ua/</t>
+          <t>https://school5.kyiv.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t> Антонюк Катерина Василівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>