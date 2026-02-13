--- v0 (2025-10-24)
+++ v1 (2026-02-13)
@@ -217,51 +217,51 @@
         <is>
           <t>Навчально-реабілітаційний центр № 6</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
@@ -277,51 +277,51 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Світлицького, 31/7</t>
+          <t>проспект Свободи, 7</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
@@ -333,81 +333,85 @@
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044)4345766</t>
+          <t>(044)2982540</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>definternat6@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B19" s="3"/>
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>kievnrc6.org.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Розбицька Ірина Валеріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
@@ -421,51 +425,51 @@
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
       <c r="B25" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">