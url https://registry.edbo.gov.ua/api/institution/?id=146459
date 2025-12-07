--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -241,111 +241,111 @@
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>4622183001</t>
+          <t>4622183007</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>с. Желдець, Кам'янка-Бузький район, Львівська область</t>
+          <t>с. Сокіл, Кам'янка-Бузький район, Львівська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Підгірна, 5б</t>
+          <t>вулиця Підгірна, 5Б</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA46060190110067840</t>
+          <t>UA46060190230083182</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Львівська обл., Львівський р-н, с. Желдець</t>
+          <t>Львівська обл., Львівський р-н, с. Сокіл</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, туризму, молоді та спорту Кам`янка-Бузької міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
@@ -353,51 +353,51 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(098)0854026</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>zeldeckiy.nvk1@gmail.com</t>
+          <t>zeldets.school@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://www.zheldetskyi-nvk.edukit.lviv.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Труш Руслан Євгенович</t>
         </is>