--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -277,51 +277,51 @@
         <is>
           <t>Київська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Бровари, Київська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Москаленка, 3А</t>
+          <t>вулиця Москаленка Сергія, 3А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA32060050010081797</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Київська обл., м. Бровари</t>
         </is>
@@ -353,75 +353,75 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(095)485-99-52, (096)656-44-10</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>gymnazium@ukr.net</t>
+          <t>brovarylyceum4@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://gymnasium.netschool.net.ua/</t>
+          <t>www.brovarylyceum4.net.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Волошина Валентина Василівна</t>
+          <t>Директор Музалевська Олена Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>