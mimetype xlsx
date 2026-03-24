--- v1 (2026-01-25)
+++ v2 (2026-03-24)
@@ -193,51 +193,51 @@
         <is>
           <t>146262</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>ОУО підтвердив дані</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Броварський ліцей № 4</t>
+          <t>Броварський ліцей №4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>