--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -357,75 +357,75 @@
         <is>
           <t>(03352)56209</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>(03352)56209</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>internatlyblinets@gmail.com</t>
+          <t>lyublynets.litsey@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>http://www.lublinetsschool.ho.ua/</t>
+          <t>http://lubl.licey.org.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора Матвіюк Дмитро Юрійович</t>
+          <t>Директор Матвіюк Дмитро Юрійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>ні</t>
         </is>