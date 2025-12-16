--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -277,95 +277,95 @@
         <is>
           <t>Вінницька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Тростянець, Тиврівський район, Вінницька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 59</t>
+          <t>вулиця Захисників України, 59-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA05020050180059043</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Вінницька обл., Вінницький р-н, с. Тростянець</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, туризму та спорту Вороновицької селищної ради</t>
+          <t>Відділ освіти, культури, туризму, молоді та спорту Вороновицької селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(097)94-46-161</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">