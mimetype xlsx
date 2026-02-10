--- v0 (2025-12-08)
+++ v1 (2026-02-10)
@@ -277,127 +277,127 @@
         <is>
           <t>Луганська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>смт Троїцьке, Троїцький район, Луганська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Маяковського, 20А</t>
+          <t>вулиця Музейна, 20А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA44100130010040850</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Луганська обл., Сватівський р-н, с-ще Троїцьке</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B14" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Троїцької селищної ради Троїцького району Луганської області</t>
+          <t>Відділ освіти, молоді та спорту Троїцької селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(06456)2-32-35</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>troitsklyceum@gmail.com</t>
+          <t>lyceum_p@troicka-gromada.gov.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Меніна Галина Михайлівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">