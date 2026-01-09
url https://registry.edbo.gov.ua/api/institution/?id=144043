--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -205,51 +205,51 @@
         <is>
           <t>так</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Скорочена назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>Васюківська гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -275,51 +275,55 @@
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Васюківка, Бахмутський район, Донецька область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
-      <c r="B11" s="3"/>
+      <c r="B11" s="3" t="inlineStr">
+        <is>
+          <t>вулиця Миру, б/н</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA14020090080076780</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с. Васюківка</t>
         </is>
       </c>
     </row>