--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -277,51 +277,51 @@
         <is>
           <t>Одеська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>с. Шелехове, Ананьївський район, Одеська область</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Місцезнаходження (юридична адреса)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 189</t>
+          <t>вулиця Лесі Українки, 176а</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA51120010290044795</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (за КАТОТТГ)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Одеська обл., Подільський р-н, с. Шелехове</t>
         </is>
@@ -373,51 +373,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>angimnaziya@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Директор Пасанецька Юлія Сергіївна</t>
+          <t>Директор Магденко Ганна Федорівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>