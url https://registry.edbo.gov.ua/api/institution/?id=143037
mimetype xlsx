--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -353,51 +353,51 @@
           <t>Телефон</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>(06264)71588</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Факс</t>
         </is>
       </c>
       <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>kramschool25@i.ua</t>
+          <t>akadem.kramzzso@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>http://www.kramschool25.donetskedu.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Директор Страшко Інна Миколаївна</t>
         </is>