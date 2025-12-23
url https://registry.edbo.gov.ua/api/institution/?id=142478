--- v0 (2025-10-31)
+++ v1 (2025-12-23)
@@ -217,51 +217,51 @@
         <is>
           <t>Красненська філія І-ІІ ст. Батуринської ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Статус</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Код КОАТУУ</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>7420385001</t>
         </is>
@@ -377,51 +377,51 @@
         <is>
           <t>crasne011214@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>krasnenskyec.at.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Завідувач філією Коломієць Тетяна Володимирівна</t>
+          <t>Завідувач філією Вінник Тетяна Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Опорний / Філія</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>так</t>
         </is>